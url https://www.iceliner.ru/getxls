--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -832,51 +832,51 @@
         <v>20</v>
       </c>
       <c r="B19" s="54">
         <v>6340</v>
       </c>
       <c r="C19" s="55" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A16:C16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true" horizontalCentered="true"/>
   <pageMargins left="0.1" right="0.1" top="1.1" bottom="1.1" header="0.3" footer="0.2"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;L&amp;G&amp;C&amp;"Calibri,полужирный"ПРАЙС-ЛИСТ 
 на холодильное и морозильное оборудование
 MetronX IceLiner&amp;R &amp;"Calibri,курсив"&amp;10
-21.10.2025</oddHeader>
+07.12.2025</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Полужирный"www.iceliner.ru 
 sales@iceliner.ru&amp;C&amp;"Calibri,Курсив"&amp;10&amp;P/&amp;N&amp;R&amp;"Calibri,Полужирный"8 (495) 274-00-24
 8 (800) 302-74-24</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawingHF r:id="rId_headerfooter_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>