--- v1 (2025-12-07)
+++ v2 (2026-02-01)
@@ -832,51 +832,51 @@
         <v>20</v>
       </c>
       <c r="B19" s="54">
         <v>6340</v>
       </c>
       <c r="C19" s="55" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A16:C16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true" horizontalCentered="true"/>
   <pageMargins left="0.1" right="0.1" top="1.1" bottom="1.1" header="0.3" footer="0.2"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;L&amp;G&amp;C&amp;"Calibri,полужирный"ПРАЙС-ЛИСТ 
 на холодильное и морозильное оборудование
 MetronX IceLiner&amp;R &amp;"Calibri,курсив"&amp;10
-07.12.2025</oddHeader>
+01.02.2026</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Полужирный"www.iceliner.ru 
 sales@iceliner.ru&amp;C&amp;"Calibri,Курсив"&amp;10&amp;P/&amp;N&amp;R&amp;"Calibri,Полужирный"8 (495) 274-00-24
 8 (800) 302-74-24</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawingHF r:id="rId_headerfooter_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>