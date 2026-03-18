--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -832,51 +832,51 @@
         <v>20</v>
       </c>
       <c r="B19" s="54">
         <v>6340</v>
       </c>
       <c r="C19" s="55" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A16:C16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true" horizontalCentered="true"/>
   <pageMargins left="0.1" right="0.1" top="1.1" bottom="1.1" header="0.3" footer="0.2"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;L&amp;G&amp;C&amp;"Calibri,полужирный"ПРАЙС-ЛИСТ 
 на холодильное и морозильное оборудование
 MetronX IceLiner&amp;R &amp;"Calibri,курсив"&amp;10
-01.02.2026</oddHeader>
+18.03.2026</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Полужирный"www.iceliner.ru 
 sales@iceliner.ru&amp;C&amp;"Calibri,Курсив"&amp;10&amp;P/&amp;N&amp;R&amp;"Calibri,Полужирный"8 (495) 274-00-24
 8 (800) 302-74-24</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawingHF r:id="rId_headerfooter_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>